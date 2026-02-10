--- v0 (2025-10-07)
+++ v1 (2026-02-10)
@@ -1,99 +1,144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7E7A1EFD" w14:textId="0EE37284" w:rsidR="00335886" w:rsidRPr="009B5729" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="7E7A1EFD" w14:textId="39252C8F" w:rsidR="00335886" w:rsidRPr="009B5729" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Please return competed form to: simon.rinaldi@nhs.net</w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only complete electronically </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27FCA" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>as a word doc</w:t>
+      </w:r>
+      <w:r w:rsidR="006124DE" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ument</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and then </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>return to: simon.rinaldi@nhs.net</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E03D090" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886"/>
     <w:p w14:paraId="6364F981" w14:textId="5CA465F3" w:rsidR="00335886" w:rsidRPr="00B5419A" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Request</w:t>
       </w:r>
       <w:r w:rsidRPr="00B5419A">
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Form for Paranodal / Nodal Antibody Testing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C4B7DC" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886"/>
-    <w:p w14:paraId="4D7554A9" w14:textId="6CEDB243" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="4D7554A9" w14:textId="6079AD91" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Referring Physician: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -115,107 +160,107 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="293DAEEA" w14:textId="2CFEC1BA" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="3EF559A1" w14:textId="3C340985" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Centre:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
@@ -247,396 +292,405 @@
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="293DAEEA" w14:textId="6F6A4367" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Department:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text5"/>
+            <w:name w:val="Text46"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Text5"/>
-      <w:r>
+      <w:bookmarkStart w:id="2" w:name="Text46"/>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-    </w:p>
-    <w:p w14:paraId="3E6C007A" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:r w:rsidR="00BC0BC4">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505B2E5F" w14:textId="7396DA87" w:rsidR="00335886" w:rsidRPr="00E27FCA" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">City (Country): </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text6"/>
+            <w:name w:val="Text47"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Text6"/>
-      <w:r>
+      <w:bookmarkStart w:id="3" w:name="Text47"/>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BC0BC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="505B2E5F" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
-[...14 lines deleted...]
-    <w:p w14:paraId="3607103F" w14:textId="70FFDE90" w:rsidR="00335886" w:rsidRPr="00E77C7C" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="6AB7754F" w14:textId="10A6CE5D" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Patient name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -658,123 +712,138 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00E77C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E77C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="27991F49" w14:textId="36584074" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>DOB:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -792,191 +861,215 @@
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3607103F" w14:textId="03354C79" w:rsidR="00335886" w:rsidRPr="00E77C7C" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gender: </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>Gender:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB42F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Dropdown2"/>
+            <w:name w:val="Gender"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
-              <w:result w:val="1"/>
+              <w:listEntry w:val="Select from drop down menu"/>
               <w:listEntry w:val="Male"/>
               <w:listEntry w:val="Female"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Dropdown2"/>
-      <w:r>
+      <w:bookmarkStart w:id="6" w:name="Gender"/>
+      <w:r w:rsidR="00CB42F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidR="00CB42F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidR="00CB42F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB42F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4806FF74" w14:textId="55BC6204" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="4806FF74" w14:textId="1272E8E5" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Hospital ID: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
@@ -996,107 +1089,107 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00D2608D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00D2608D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00D2608D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00D2608D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="007F68EA">
+      <w:r w:rsidR="00D2608D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="21B32FDF" w14:textId="5DCFDCD8" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="3A1A4AAB" w14:textId="19FA2AF3" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of sample extraction: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1117,136 +1210,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E77C7C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E77C7C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E77C7C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E77C7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E77C7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E77C7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B32FDF" w14:textId="6667DDA6" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Date sent: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -1255,1521 +1358,1058 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00B4060C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="774F8480" w14:textId="77777777" w:rsidR="00E77C7C" w:rsidRDefault="00E77C7C" w:rsidP="00335886">
+    <w:p w14:paraId="11785D20" w14:textId="77777777" w:rsidR="00E27FCA" w:rsidRDefault="00E27FCA" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="016FBC3D" w14:textId="0A5844AE" w:rsidR="00335886" w:rsidRPr="00E35C46" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="35F52FEA" w14:textId="50F6E95D" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E35C46">
+      <w:r w:rsidRPr="00E27FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Email address to receive results:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text12"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FC5D46" w14:textId="77777777" w:rsidR="00E27FCA" w:rsidRDefault="00E27FCA" w:rsidP="00335886">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD7B055" w14:textId="5199494D" w:rsidR="00E27FCA" w:rsidRPr="00E27FCA" w:rsidRDefault="00E27FCA" w:rsidP="00E27FCA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Tests requested:</w:t>
-[...8 lines deleted...]
-        <w:spacing w:after="240" w:line="360" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Please note, all samples will be tested against the </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...10 lines deleted...]
-        </w:fldChar>
+        <w:t>4-antigen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...91 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> panel (NF155, NF186, CNTN1, Caspr 1) unless a specific request is made for single antigen testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69072FBE" w14:textId="77777777" w:rsidR="00E27FCA" w:rsidRDefault="00E27FCA" w:rsidP="00E77C7C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51B40B78" w14:textId="0F3B17A8" w:rsidR="00E77C7C" w:rsidRDefault="00E77C7C" w:rsidP="00E77C7C">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Please note:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3E1D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For certain patients</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, we may contact you regarding the possibility of their entry into our observational cohort study. Following informed consent, this would involve the collection of follow-up clinical data and additional bio-samples. For all others, after receipt of this data, and o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3E1D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nce</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the diagnosis is confirmed following the completion of clinical testing, excess sample will be moved into a fully anonymised diagnostic archive, unless we are made aware that your patient objects to such use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F14662F" w14:textId="3B0C64E8" w:rsidR="002C4C95" w:rsidRPr="002E67B2" w:rsidRDefault="002C4C95" w:rsidP="002C4C95">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E67B2">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Clinical</w:t>
+      </w:r>
+      <w:r w:rsidR="00E37116" w:rsidRPr="002E67B2">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B447CCE" w14:textId="77777777" w:rsidR="002E67B2" w:rsidRPr="002E67B2" w:rsidRDefault="002E67B2" w:rsidP="00B23DA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="2160" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="355AA3E3" w14:textId="13A85582" w:rsidR="00C35C90" w:rsidRDefault="00547187" w:rsidP="00335886">
+      <w:r>
+        <w:t>Date of</w:t>
+      </w:r>
+      <w:r w:rsidR="00335886">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9278F">
+        <w:t xml:space="preserve">neuropathy </w:t>
+      </w:r>
+      <w:r w:rsidR="00335886">
+        <w:t xml:space="preserve">onset: </w:t>
+      </w:r>
+      <w:r w:rsidR="006124DE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00335886">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check74"/>
+            <w:name w:val="Text1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text1"/>
+      <w:r w:rsidR="00335886">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00335886">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00335886">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00335886">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00335886">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DF36AA" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00335886"/>
+    <w:p w14:paraId="3DAE44EB" w14:textId="32B341C8" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:r>
+        <w:t>Age at diagnosis</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA303E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA303E" w:rsidRPr="00B4060C">
+        <w:t>(years</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA303E">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Text2"/>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="480C0575" w14:textId="77777777" w:rsidR="00F9278F" w:rsidRDefault="00F9278F" w:rsidP="00335886"/>
+    <w:p w14:paraId="48D76C49" w14:textId="4773DBCA" w:rsidR="00F9278F" w:rsidRDefault="00F9278F" w:rsidP="00335886">
+      <w:r w:rsidRPr="00F9278F">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check98"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...670 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="11" w:name="Check98"/>
       <w:r w:rsidRPr="00F9278F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00F9278F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F9278F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00F9278F">
-        <w:t xml:space="preserve"> Prodromal illness</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F575E" w:rsidRPr="00B4060C">
+        <w:t>(Y/N)</w:t>
+      </w:r>
+      <w:r w:rsidR="001F575E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9278F">
+        <w:t>Prodromal illness</w:t>
       </w:r>
       <w:r>
         <w:t>/trigger</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9278F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">please specify): </w:t>
+        <w:t>please specify):</w:t>
+      </w:r>
+      <w:r w:rsidR="006124DE">
+        <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="Text39"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ACC5C3D" w14:textId="21AB8158" w:rsidR="00335886" w:rsidRDefault="00F9278F" w:rsidP="00335886">
-[...16 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F58B70B" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00335886"/>
+    <w:p w14:paraId="5FBA2B05" w14:textId="42C3B138" w:rsidR="00F9278F" w:rsidRDefault="00F9278F" w:rsidP="00335886">
+      <w:r>
+        <w:t xml:space="preserve">Start date for prodrome/trigger: </w:t>
+      </w:r>
+      <w:r w:rsidR="006124DE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006124DE">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text40"/>
+            <w:name w:val="Text48"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Text40"/>
-      <w:r>
+      <w:bookmarkStart w:id="13" w:name="Text48"/>
+      <w:r w:rsidR="006124DE">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006124DE">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006124DE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="5FBA2B05" w14:textId="77777777" w:rsidR="00F9278F" w:rsidRDefault="00F9278F" w:rsidP="00335886">
+    <w:p w14:paraId="79F15B2B" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15604F0C" w14:textId="60FCDD14" w:rsidR="00335886" w:rsidRPr="00F20CE6" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F20CE6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Initial diagnosis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC52E57" w14:textId="44E9B72B" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="6D2FDCD7" w14:textId="36B5516F" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="Check1"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve"> GBS</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6268D861" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D624CB">
         <w:t xml:space="preserve">Typical </w:t>
       </w:r>
       <w:r>
         <w:t>CIDP</w:t>
       </w:r>
       <w:r w:rsidR="00D624CB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+    </w:p>
+    <w:p w14:paraId="2AC52E57" w14:textId="68728D34" w:rsidR="00335886" w:rsidRDefault="00D624CB" w:rsidP="00335886">
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r>
         <w:t xml:space="preserve"> MMN</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="698F952C" w14:textId="55D0C62D" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:r w:rsidR="006124DE">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698F952C" w14:textId="4E23C376" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D624CB">
         <w:t xml:space="preserve">Atypical CIDP / </w:t>
       </w:r>
       <w:r>
         <w:t>Other (specify):</w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006124DE">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text37"/>
+            <w:name w:val="Text49"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text37"/>
-      <w:r w:rsidR="00D624CB">
+      <w:bookmarkStart w:id="15" w:name="Text49"/>
+      <w:r w:rsidR="006124DE">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r w:rsidR="006124DE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="445AA375" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886"/>
     <w:p w14:paraId="643D9D9D" w14:textId="77777777" w:rsidR="00335886" w:rsidRPr="00F20CE6" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F20CE6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Current diagnosis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD46F45" w14:textId="001AA051" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="49BC54C5" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> GBS</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5D044F65" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> CIDP</w:t>
       </w:r>
       <w:r w:rsidR="00D624CB">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+    </w:p>
+    <w:p w14:paraId="2AD46F45" w14:textId="590CD997" w:rsidR="00335886" w:rsidRDefault="00D624CB" w:rsidP="00335886">
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
+      <w:r>
         <w:t xml:space="preserve"> MMN</w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26077C10" w14:textId="3BB6D1B6" w:rsidR="00F9278F" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D624CB">
-        <w:t xml:space="preserve">Atypical CIDP / Other (specify): </w:t>
+        <w:t>Atypical CIDP / Other (specify):</w:t>
+      </w:r>
+      <w:r w:rsidR="006124DE">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00D624CB">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="Text38"/>
       <w:r w:rsidR="00D624CB">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00D624CB">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D624CB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D624CB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B4060C">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00D624CB">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="26077C10" w14:textId="77777777" w:rsidR="00F9278F" w:rsidRDefault="00F9278F" w:rsidP="00335886">
+    <w:p w14:paraId="1685CDFD" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CEECA8D" w14:textId="04114818" w:rsidR="00335886" w:rsidRPr="00D624CB" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00F90582" w:rsidRPr="00F90582">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">f the current diagnosis is </w:t>
       </w:r>
       <w:r w:rsidR="00F90582" w:rsidRPr="00F90582">
@@ -2809,6054 +2449,10886 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (t</w:t>
       </w:r>
       <w:r w:rsidR="00C97CD3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ick all that apply)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C97CD3" w:rsidRPr="00B23DA0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1DE68E" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="098DF7D1" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B1DE68E" w14:textId="6186C059" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F20CE6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Clinical course</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E5752B" w14:textId="082F4643" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="43C1E212" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="Check11"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve"> Relapsing-remitting</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="31A69F8B" w14:textId="524FE094" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Progressive</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="41E5752B" w14:textId="000A9945" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Monophasic</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9C75DE" w14:textId="77777777" w:rsidR="00F9278F" w:rsidRDefault="00F9278F" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FF4BF9A" w14:textId="18A720A7" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F20CE6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Onset</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> / progression</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E8C2FE8" w14:textId="5F30719B" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="15267DA7" w14:textId="6406EB15" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Acute (&lt;4 weeks)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="587CC447" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Subacute (4-8 weeks)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8C2FE8" w14:textId="00AF19C8" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Chronic (&gt;8 weeks)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F22AD26" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F216D1" w14:textId="6A3B32C0" w:rsidR="00335886" w:rsidRPr="00D624CB" w:rsidRDefault="00335886" w:rsidP="00335886">
+    <w:p w14:paraId="4AC5CE0C" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00C35C90">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079508B">
+      <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Weakness (Yes/No) (Tick all that apply)</w:t>
-[...3 lines deleted...]
-      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6759B6FB" w14:textId="7B11C546" w:rsidR="001F575E" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Weakness (Yes/No) (Tick all that apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35C90" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60621D2D" w14:textId="4A512C48" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Arms</w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4449B571" w14:textId="1146BEE5" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Proximal </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F06429B" w14:textId="0686A70D" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...72 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Distal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B8AFE8" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Asymmetric</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66727F3E" w14:textId="6F9802B0" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Symmetric </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783FBD40" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AFE3693" w14:textId="6109D6F1" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check22"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Legs</w:t>
+      </w:r>
+      <w:r w:rsidR="00335886" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00335886" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480525BF" w14:textId="5EB989D3" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check18"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Proximal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0885ED27" w14:textId="28E26EAA" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check20"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Distal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E79FB4" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Asymmetric</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A186CD" w14:textId="7F26C6D6" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Symmetric</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77814DEE" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079508B">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="45E6ED75" w14:textId="0E58960E" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Sensory deficit (Tick all that apply)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47307EB7" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
-      <w:r>
+    <w:p w14:paraId="47307EB7" w14:textId="5D510CB9" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Arms</w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72350517" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check24"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vibration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686E63E7" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check25"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pinprick </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117D7E99" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check26"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JPS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FE75EA" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50FE6567" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Legs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7A0AD3" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
-      <w:r>
+    <w:p w14:paraId="23065047" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Vibration </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44426EB0" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Pinprick </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7A0AD3" w14:textId="439D26EF" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> JPS</w:t>
       </w:r>
-      <w:r>
-[...92 lines deleted...]
-      <w:r w:rsidRPr="008D7FF3">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00335886" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00335886" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FDFA0D" w14:textId="77777777" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C892C06" w14:textId="648BB46C" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008D7FF3">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008D7FF3">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008D7FF3">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5B89">
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ataxia</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0820FB7F" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="Check32"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5B89">
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Tremor</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786E7D71" w14:textId="33FFA369" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check83"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Neuropathic pain</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="0"/>
               <w:listEntry w:val="1"/>
               <w:listEntry w:val="2"/>
               <w:listEntry w:val="3"/>
               <w:listEntry w:val="4"/>
               <w:listEntry w:val="5"/>
               <w:listEntry w:val="6"/>
               <w:listEntry w:val="7"/>
               <w:listEntry w:val="8"/>
               <w:listEntry w:val="9"/>
               <w:listEntry w:val="10"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="Dropdown4"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r>
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /10 Severity (1-10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CF4526" w14:textId="77777777" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="479C8843" w14:textId="77777777" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079508B">
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reflexes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B245ACA" w14:textId="632AA0FC" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
-      <w:r>
+    <w:p w14:paraId="46964E3D" w14:textId="5B7EEF9B" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Check33"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Absent </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692B1837" w14:textId="61F67293" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Check34"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Decreased </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA4F22E" w14:textId="39020508" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="Check35"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Normal </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B245ACA" w14:textId="0F445607" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="Check36"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Brisk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBBD92B" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008D7FF3">
+    <w:p w14:paraId="1CBBD92B" w14:textId="77777777" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D86FBAB" w14:textId="3C751D82" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="Check37"/>
-      <w:r w:rsidRPr="008D7FF3">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008D7FF3">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="008D7FF3">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0079508B">
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Cranial nerve involvement</w:t>
-[...13 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Cranial nerve involvement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001F575E" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specify) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CD8D70" w14:textId="7CB7CF76" w:rsidR="00D75D51" w:rsidRPr="006124DE" w:rsidRDefault="00D75D51" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329EDC0A" w14:textId="0008BBC1" w:rsidR="00D75D51" w:rsidRPr="006124DE" w:rsidRDefault="00D75D51" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check99"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Check99"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Autonomic involvement (please specify) </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="Text41"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="6E71C009" w14:textId="77777777" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6E71C009" w14:textId="77777777" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE10F49" w14:textId="34D43A7A" w:rsidR="00335886" w:rsidRDefault="00335886" w:rsidP="00335886">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="08A4CCD3" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Respiratory involvement</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BFC908" w14:textId="35AC1665" w:rsidR="001F575E" w:rsidRPr="006124DE" w:rsidRDefault="001F575E" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check80"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> None</w:t>
+      </w:r>
+      <w:r w:rsidR="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192F5514" w14:textId="3DFFC2E6" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check78"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Current</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6816C77A" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00335886" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check79"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Previous</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD4385B" w14:textId="075AFDBA" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231D2EC0" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evidence of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35C90" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>nephrotic syndrome</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35C90" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0391C3" w14:textId="414A1D1F" w:rsidR="001F575E" w:rsidRPr="006124DE" w:rsidRDefault="001F575E" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check80"/>
+            <w:name w:val="Check89"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="27" w:name="Check89"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> None </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1E4E55" w14:textId="1691B52C" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check85"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Proteinuria (level: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Text35"/>
-      <w:r>
+      <w:bookmarkStart w:id="28" w:name="Text35"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00695363" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00695363" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00695363" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00695363" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00695363" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1889E984" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check87"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Check87"/>
-      <w:r>
+      <w:bookmarkStart w:id="29" w:name="Check87"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-      <w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Oedema</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110F8954" w14:textId="74AFD4F6" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check88"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="Check88"/>
-      <w:r>
+      <w:bookmarkStart w:id="30" w:name="Check88"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Not assessed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D624CB">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A98C6D3" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="00244DAD" w:rsidP="00335886">
+      <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check86"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Check86"/>
-      <w:r>
+      <w:bookmarkStart w:id="31" w:name="Check86"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Hypoalbuminaemia (nadir level: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> g/L)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C35C90">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C35C90">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F630607" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C478E6" w14:textId="521088F5" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Severity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01141A4C" w14:textId="2410FF73" w:rsidR="00335886" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modified Rankin score (at </w:t>
+      </w:r>
+      <w:r w:rsidR="00D27D63" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nadir</w:t>
+      </w:r>
+      <w:r w:rsidR="003911BB" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4D82" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>refer</w:t>
+      </w:r>
+      <w:r w:rsidR="003911BB" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bottom of form for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4D82" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scale </w:t>
+      </w:r>
+      <w:r w:rsidR="003911BB" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C35C90" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check89"/>
+            <w:name w:val="Check72"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="Check72"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check73"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="31" w:name="Check89"/>
-      <w:r>
+      <w:bookmarkStart w:id="33" w:name="Check73"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check74"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="Check74"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check75"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="Check75"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check76"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="Check76"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check77"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="Check77"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="194627E4" w14:textId="19B15F8B" w:rsidR="00244DAD" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00335886">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...24 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modified Rankin score (at best post treatment):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7408F8F3" w14:textId="09E5616C" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00C35C90" w:rsidP="00C35C90">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check72"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Check72"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check73"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="Check73"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check74"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="Check74"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check75"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="Check75"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check76"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="Check76"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check77"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Check77"/>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...3 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="173D13C3" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="004B54C3" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="194627E4" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRDefault="00244DAD" w:rsidP="00335886">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="388A1F77" w14:textId="4C8EA42C" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00E37116" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>Investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00743FFF" w:rsidRPr="006124DE">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8DBE4B" w14:textId="687B6962" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Investigation</w:t>
-[...40 lines deleted...]
-        </w:rPr>
         <w:t>CSF</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (at diagnosis)</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17991AFA" w14:textId="4691F2CE" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Text34"/>
-      <w:r>
+      <w:bookmarkStart w:id="38" w:name="Text34"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="4F44F7A0" w14:textId="16FB3314" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Protein</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Text15"/>
-      <w:r>
+      <w:bookmarkStart w:id="39" w:name="Text15"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-      <w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> g/L</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F068FAB" w14:textId="53898468" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">WCC: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="Text16"/>
-      <w:r>
+      <w:bookmarkStart w:id="40" w:name="Text16"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...7 lines deleted...]
-        <w:tab/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6398E56B" w14:textId="2FBE6C78" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">RCC: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="Text17"/>
-      <w:r>
+      <w:bookmarkStart w:id="41" w:name="Text17"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...8 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EBA7BB" w14:textId="4839E718" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">OCBs: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="(select from drop down menu)"/>
               <w:listEntry w:val="Not detected"/>
               <w:listEntry w:val="Not done"/>
               <w:listEntry w:val="Matched bands in serum and CSF"/>
               <w:listEntry w:val="Bands in serum with some unmatched bands in CSF"/>
               <w:listEntry w:val="Present in CSF only"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="Dropdown1"/>
-      <w:r>
+      <w:bookmarkStart w:id="42" w:name="Dropdown1"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A48697" w14:textId="19C2816B" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Other: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="Text18"/>
-      <w:r>
+      <w:bookmarkStart w:id="43" w:name="Text18"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6B9088EA" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRPr="00D624CB" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w14:paraId="6B9088EA" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
       <w:pPr>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D5EB26" w14:textId="426125A9" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D624CB">
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Neurophysiology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EAAD840" w14:textId="382AF6BC" w:rsidR="00D624CB" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
-      <w:r>
+    <w:p w14:paraId="38A0D635" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Overall impression:   </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="633A6F97" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="Check55"/>
-      <w:r>
+      <w:bookmarkStart w:id="44" w:name="Check55"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-      <w:r w:rsidR="00D27D63">
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidR="00D27D63" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Demyelinating</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="1D36A695" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check56"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="Check56"/>
-      <w:r>
+      <w:bookmarkStart w:id="45" w:name="Check56"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-      <w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Axonal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="4F2F6C85" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check57"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="Check57"/>
-      <w:r>
+      <w:bookmarkStart w:id="46" w:name="Check57"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-[...3 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mixed       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC1A299" w14:textId="5486BB50" w:rsidR="00C35C90" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Other (specify)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="0049637A" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C8A286" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="004B54C3" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B36DD5D" w14:textId="66D15ED8" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check96"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="Check96"/>
-      <w:r>
+      <w:bookmarkStart w:id="47" w:name="Check96"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-      <w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Motor involvement </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001F575E" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Y/N)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(describe core features): </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="49" w:name="Text26"/>
-      <w:r>
+      <w:bookmarkStart w:id="48" w:name="Text26"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-[...2 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="42D70D4E" w14:textId="0E64BC6E" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check97"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="Check97"/>
-      <w:r>
+      <w:bookmarkStart w:id="49" w:name="Check97"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-      <w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Sensory involvement </w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="001F575E" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Y/N) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">(describe core features): </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="Text27"/>
-      <w:r w:rsidRPr="00BA11E2">
+      <w:bookmarkStart w:id="50" w:name="Text27"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
-[...4 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="21D3D4EA" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569BEAF3" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00937AF8">
-        <w:rPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Other Antibodies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0032C7F1" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
-      <w:r w:rsidRPr="00937AF8">
+    <w:p w14:paraId="38FB2055" w14:textId="2FCF0A5D" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Gangliosides</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00210BFE" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42283DA1" w14:textId="2A903627" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check44"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Positive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFD6DEF" w14:textId="77777777" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check45"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Negative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0032C7F1" w14:textId="5A5A8D4F" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check46"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Not done</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601CD520" w14:textId="77777777" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00441E13" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A798E70" w14:textId="1AEA17DD" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Anti-MAG</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51385" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7203FE0F" w14:textId="77777777" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check44"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Positive</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF16692" w14:textId="77777777" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Negative</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372D234C" w14:textId="5F68876E" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check46"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Not done</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AFDDAC" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39229E37" w14:textId="6DC2C544" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Paraprotein</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51385" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE8EBEB" w14:textId="54D88D51" w:rsidR="00441E13" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check44"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Positive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3833A305" w14:textId="5D0EBB63" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check45"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Negative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD7E726" w14:textId="2A0FB8DC" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check46"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Not done</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372D234C" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B0AE5D5" w14:textId="77777777" w:rsidR="00B51385" w:rsidRPr="006124DE" w:rsidRDefault="00B51385" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="504C7F10" w14:textId="77777777" w:rsidR="00B51385" w:rsidRPr="006124DE" w:rsidRDefault="00B51385" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Paraprotein isotype</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7593D2" w14:textId="6139A05D" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check39"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="Check39"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IgG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5923A4B0" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check40"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="Check40"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IgM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D7BD68" w14:textId="075B04EC" w:rsidR="001F575E" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check41"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="Check41"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IgA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D07E62" w14:textId="7BC927FC" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="001F575E" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check115"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="Check115"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Not done</w:t>
+      </w:r>
+      <w:r w:rsidR="00D624CB" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D624CB" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243DB12D" w14:textId="77777777" w:rsidR="00B51385" w:rsidRPr="006124DE" w:rsidRDefault="00B51385" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D74E3A" w14:textId="49E0F48A" w:rsidR="00B51385" w:rsidRPr="006124DE" w:rsidRDefault="00B51385" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Paraprotein light chain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE74641" w14:textId="1E060415" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check42"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="Check42"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kappa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36900737" w14:textId="208D7C53" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check43"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="Check43"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lambda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7521CAC1" w14:textId="5F54FF5E" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text19"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="Text19"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4060C" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g/L</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6C568F" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DC7677D" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53417CF2" w14:textId="33361B70" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Imaging</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341AED86" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CB2BA43" w14:textId="25D9EB0C" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MRI lumbar roots</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51385" w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9A0993" w14:textId="77777777" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check44"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abnormal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14392D9E" w14:textId="68FCA60C" w:rsidR="004B54C3" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Normal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034DEB62" w14:textId="796E36CC" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check46"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Not done</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59AFDDAC" w14:textId="77777777" w:rsidR="00D624CB" w:rsidRDefault="00D624CB" w:rsidP="00D624CB"/>
-[...15 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73049377" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4BB09E" w14:textId="0816F012" w:rsidR="00D624CB" w:rsidRPr="006124DE" w:rsidRDefault="00D624CB" w:rsidP="00D624CB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specify: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check44"/>
+            <w:name w:val="Text20"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="Text20"/>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006124DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="25C338B8" w14:textId="4D63BD30" w:rsidR="00E37116" w:rsidRDefault="00E37116" w:rsidP="00E37116"/>
+    <w:p w14:paraId="742B8818" w14:textId="6277B497" w:rsidR="00B23DA0" w:rsidRPr="00C97CD3" w:rsidRDefault="00E37116" w:rsidP="00E37116">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4060C">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Treatment and Outcome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E67B2">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23DA0" w:rsidRPr="00A12938">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B23DA0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B23DA0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B23DA0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C97CD3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A1B1A5" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1492"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1493"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA10FB" w14:paraId="6DF23D07" w14:textId="77777777" w:rsidTr="00521B0B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58629729" w14:textId="77777777" w:rsidR="00EA10FB" w:rsidRDefault="00EA10FB" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E3EA996" w14:textId="1947DE05" w:rsidR="00EA10FB" w:rsidRDefault="00EA10FB" w:rsidP="00EA10FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Trialled</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5972" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FF03A1C" w14:textId="28D40195" w:rsidR="00EA10FB" w:rsidRDefault="00EA10FB" w:rsidP="00EA10FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Response</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DE6" w14:paraId="11DC5126" w14:textId="77777777" w:rsidTr="00912DE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="011C354D" w14:textId="39366631" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IVIg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="323572E9" w14:textId="6E1BF5FC" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check116"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="59" w:name="Check116"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="59"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4786275E" w14:textId="0B7DC92B" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check117"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="60" w:name="Check117"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="60"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A11483" w14:textId="306370A8" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check118"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="61" w:name="Check118"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="61"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Good</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9C88CE" w14:textId="64A7EC6D" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check119"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="62" w:name="Check119"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="62"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Partial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16392EEA" w14:textId="19389573" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="63" w:name="Check120"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="63"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC9916A" w14:textId="7AF6EEFF" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check121"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="64" w:name="Check121"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="64"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Worse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DE6" w14:paraId="4C472CB3" w14:textId="77777777" w:rsidTr="00912DE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C21D6C7" w14:textId="24441696" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Steroids</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49395E11" w14:textId="1E5439FC" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check116"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DAA0D8" w14:textId="794F13E9" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check117"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3659632C" w14:textId="346A9539" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check118"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Good</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E3E6D9F" w14:textId="1F537802" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check119"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Partial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C00300C" w14:textId="61133ED9" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E401A8C" w14:textId="0214E946" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check121"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Worse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DE6" w14:paraId="45D4C727" w14:textId="77777777" w:rsidTr="00912DE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="618A9F93" w14:textId="12B3BBA0" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Plasma Ex.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E18AE5C" w14:textId="67DC9172" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check116"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E5BEBD" w14:textId="65C1FBA6" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check117"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD31ECC" w14:textId="574F4DAA" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check118"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Good</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31512C30" w14:textId="1CF1B470" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check119"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Partial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1218EA22" w14:textId="7A0EE38A" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DAD2C5" w14:textId="65468E5A" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check121"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Worse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DE6" w14:paraId="0CF18391" w14:textId="77777777" w:rsidTr="00912DE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE8F91D" w14:textId="7022CF6C" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Other (specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA98E20" w14:textId="378C6A83" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text44"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="65" w:name="Text44"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="65"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE2B20" w14:textId="77777777" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B897219" w14:textId="2017C30B" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check118"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Good</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EAEC26" w14:textId="4C2C24D1" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check119"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Partial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="097210BA" w14:textId="268824F5" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F85569" w14:textId="329DB634" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check121"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Worse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DE6" w14:paraId="68BC364B" w14:textId="77777777" w:rsidTr="00912DE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2851018F" w14:textId="3965BB5B" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Other (specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B5810C" w14:textId="3F0D618A" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text45"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="66" w:name="Text45"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="66"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2488BE" w14:textId="77777777" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609EC3A1" w14:textId="1736BE57" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check118"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Good</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C3D2D3" w14:textId="4CF32FEC" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check119"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Partial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BD29B" w14:textId="731011CA" w:rsidR="00912DE6" w:rsidRPr="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1493" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4B31A5" w14:textId="78A29812" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00912DE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check121"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Worse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="51EE4A5B" w14:textId="77777777" w:rsidR="00912DE6" w:rsidRDefault="00912DE6" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="203707FB" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7376613F" w14:textId="2CFA7A6A" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Current Disease Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031CF134" w14:textId="56925FB0" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00B56D1E" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check122"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="67" w:name="Check122"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...785 lines deleted...]
-      <w:r w:rsidR="00B45AF0">
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A12938">
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A12938">
-[...952 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cure: ≥5 years off treatment</w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085E05D3" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="Check112"/>
+      <w:bookmarkStart w:id="68" w:name="Check112"/>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. Normal examination</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A123065" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-      <w:pPr>
+    <w:p w14:paraId="1A123065" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. Abnormal examination, stable/improving</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D75AC3" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-[...33 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="46D75AC3" w14:textId="6E60BF83" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00B56D1E" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check123"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="Check123"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00160F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Remission: &lt;5 years off treatment</w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC1D1C1" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A. Normal examination</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C98B246" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-      <w:pPr>
+    <w:p w14:paraId="7C98B246" w14:textId="614186D4" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check112"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B. Abnormal examination, stable/improving</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FC2D7B" w14:textId="3748B4F0" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00B56D1E" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check124"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="Check124"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Stable active disease: ≥1 year, on treatment</w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D697983" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> B. Abnormal examination, stable/improving</w:t>
+        <w:t xml:space="preserve"> A. Normal examination</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FC2D7B" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-[...25 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="62676869" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A. Normal examination</w:t>
+        <w:t xml:space="preserve"> B. Abnormal examination, stable/improving</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62676869" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-      <w:pPr>
+    <w:p w14:paraId="341D6B79" w14:textId="7B522344" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00B56D1E" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check125"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="Check125"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Improvement: ≥3 months &lt;1 year, on Treatment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B0C6F0" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> B. Abnormal examination, stable/improving</w:t>
+        <w:t xml:space="preserve"> A. Normal examination</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="341D6B79" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-[...17 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="03CCD80E" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A. Normal examination</w:t>
+        <w:t xml:space="preserve"> B. Abnormal examination, stable/improving</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03CCD80E" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-      <w:pPr>
+    <w:p w14:paraId="64895605" w14:textId="0AA5DF05" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00B56D1E" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check126"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="Check126"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Unstable active disease: abnormal examination with progressive or relapsing course*</w:t>
+      </w:r>
+      <w:r w:rsidR="00244DAD" w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B5DBDB" w14:textId="2209C211" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check112"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A. Treatment naïve or &lt;3 months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C01275" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> B. Abnormal examination, stable/improving</w:t>
+        <w:t xml:space="preserve"> B. Off treatment</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64895605" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRPr="00B41505" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
-[...30 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="697BB2DA" w14:textId="60ABF21B" w:rsidR="00244DAD" w:rsidRDefault="00244DAD" w:rsidP="00160F47">
+      <w:pPr>
+        <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check112"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004C1D35">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C1D35">
+      <w:r w:rsidRPr="00B41505">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B41505">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A. Treatment naïve or &lt;3 months</w:t>
-[...39 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> C. On treatmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED0CB04" w14:textId="77777777" w:rsidR="00244DAD" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D139BB" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="00EA10FB" w:rsidP="00EA10FB">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2091C96B" w14:textId="77777777" w:rsidR="006124DE" w:rsidRDefault="006124DE">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A65C63B" w14:textId="0FA0A2CA" w:rsidR="002B61B4" w:rsidRDefault="00E1023C" w:rsidP="00EA10FB">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Any a</w:t>
+      </w:r>
+      <w:r w:rsidR="002B61B4">
+        <w:t>dditional</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002B61B4">
+        <w:t xml:space="preserve"> or more detailed information</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, that you feel is relevant</w:t>
+      </w:r>
+      <w:r w:rsidR="002B61B4">
+        <w:t xml:space="preserve"> would be gratefully received</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B05337" w14:textId="634857D9" w:rsidR="00E1023C" w:rsidRDefault="00E1023C" w:rsidP="00C97CD3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008461EF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Thank you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3219D6CC" w14:textId="622B2A16" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="006124DE"/>
+    <w:p w14:paraId="7EF22304" w14:textId="25221CDD" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00E1023C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check112"/>
+            <w:name w:val="Text43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:checkBox>
-[...2 lines deleted...]
-            </w:checkBox>
+            <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00B41505">
-[...19 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="73" w:name="Text43"/>
+      <w:r>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00B41505">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00B41505">
-[...378 lines deleted...]
-    <w:p w14:paraId="40D5E4FA" w14:textId="27ED19EB" w:rsidR="00871A55" w:rsidRDefault="00871A55" w:rsidP="00E1023C">
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w14:paraId="7F11E22C" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00E1023C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E081188" w14:textId="48D1AFB5" w:rsidR="00871A55" w:rsidRDefault="00871A55" w:rsidP="00E1023C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Modified Rankin Score (mRS):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MediumGrid1-Accent3"/>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="366"/>
         <w:gridCol w:w="8956"/>
         <w:gridCol w:w="425"/>
       </w:tblGrid>
       <w:tr w:rsidR="00871A55" w14:paraId="7EA0A3CB" w14:textId="77777777" w:rsidTr="00D624CB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="283"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="366" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F922D0A" w14:textId="77777777" w:rsidR="00871A55" w:rsidRDefault="00871A55" w:rsidP="00D624CB">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8956" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55D6D563" w14:textId="77777777" w:rsidR="00871A55" w:rsidRPr="00380EF2" w:rsidRDefault="00871A55" w:rsidP="00D624CB">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00380EF2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No symptoms.</w:t>
@@ -9163,499 +13635,515 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dead</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48B0F150" w14:textId="77777777" w:rsidR="00871A55" w:rsidRPr="005A7D6C" w:rsidRDefault="00871A55" w:rsidP="00D624CB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2072CF94" w14:textId="77777777" w:rsidR="00871A55" w:rsidRPr="002C4C95" w:rsidRDefault="00871A55" w:rsidP="00D27D63"/>
-    <w:sectPr w:rsidR="00871A55" w:rsidRPr="002C4C95" w:rsidSect="00335886">
+    <w:p w14:paraId="2072CF94" w14:textId="77777777" w:rsidR="00871A55" w:rsidRDefault="00871A55" w:rsidP="00D27D63"/>
+    <w:p w14:paraId="1F387F9F" w14:textId="77777777" w:rsidR="009E234C" w:rsidRDefault="009E234C" w:rsidP="00D27D63"/>
+    <w:p w14:paraId="5D97D6ED" w14:textId="77777777" w:rsidR="009E234C" w:rsidRPr="002C4C95" w:rsidRDefault="009E234C" w:rsidP="00D27D63"/>
+    <w:sectPr w:rsidR="009E234C" w:rsidRPr="002C4C95" w:rsidSect="00C35C90">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0613AB88" w14:textId="77777777" w:rsidR="004C1D35" w:rsidRDefault="004C1D35" w:rsidP="00335886">
+    <w:p w14:paraId="766A3E4C" w14:textId="77777777" w:rsidR="00503B0D" w:rsidRDefault="00503B0D" w:rsidP="00335886">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D2C0A2C" w14:textId="77777777" w:rsidR="004C1D35" w:rsidRDefault="004C1D35" w:rsidP="00335886">
+    <w:p w14:paraId="3ADF79D9" w14:textId="77777777" w:rsidR="00503B0D" w:rsidRDefault="00503B0D" w:rsidP="00335886">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
+    <w:altName w:val="Sylfaen"/>
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1143967848"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5411BB94" w14:textId="47B74BEC" w:rsidR="00DE217E" w:rsidRDefault="00DE217E" w:rsidP="00D624CB">
+      <w:p w14:paraId="5411BB94" w14:textId="47B74BEC" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00D624CB">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="24CC4823" w14:textId="77777777" w:rsidR="00DE217E" w:rsidRDefault="00DE217E" w:rsidP="00335886">
+  <w:p w14:paraId="24CC4823" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00335886">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-346567363"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="392E61B5" w14:textId="25005A52" w:rsidR="00DE217E" w:rsidRDefault="00DE217E" w:rsidP="00D624CB">
+      <w:p w14:paraId="392E61B5" w14:textId="25005A52" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00D624CB">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="092E2EAC" w14:textId="62A2BBEA" w:rsidR="00DE217E" w:rsidRDefault="00244DAD" w:rsidP="00244DAD">
+  <w:p w14:paraId="092E2EAC" w14:textId="62A2BBEA" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00244DAD">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Please email requests to </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00BD6228">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>simon.rinaldi@nhs.net</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="823793196"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5C66D94F" w14:textId="18E91465" w:rsidR="00DE217E" w:rsidRDefault="00DE217E" w:rsidP="00D624CB">
+      <w:p w14:paraId="5C66D94F" w14:textId="18E91465" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00D624CB">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="2322101C" w14:textId="77777777" w:rsidR="00DE217E" w:rsidRDefault="00DE217E" w:rsidP="00335886">
+  <w:p w14:paraId="2322101C" w14:textId="26E43A35" w:rsidR="00C35C90" w:rsidRDefault="00E27FCA" w:rsidP="00335886">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>PNAb</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> RF v2 17/DEC/2025</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DAA052B" w14:textId="77777777" w:rsidR="004C1D35" w:rsidRDefault="004C1D35" w:rsidP="00335886">
+    <w:p w14:paraId="19521B74" w14:textId="77777777" w:rsidR="00503B0D" w:rsidRDefault="00503B0D" w:rsidP="00335886">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65FF343D" w14:textId="77777777" w:rsidR="004C1D35" w:rsidRDefault="004C1D35" w:rsidP="00335886">
+    <w:p w14:paraId="13E36D0D" w14:textId="77777777" w:rsidR="00503B0D" w:rsidRDefault="00503B0D" w:rsidP="00335886">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="103E6D79" w14:textId="49D6CF10" w:rsidR="00DE217E" w:rsidRDefault="00DE217E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="103E6D79" w14:textId="49D6CF10" w:rsidR="00C35C90" w:rsidRDefault="00C35C90">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="29860869" w14:textId="77777777" w:rsidR="00DE217E" w:rsidRPr="00CB78B9" w:rsidRDefault="00DE217E" w:rsidP="00335886">
+  <w:p w14:paraId="29860869" w14:textId="52F0D86B" w:rsidR="00C35C90" w:rsidRPr="00E27FCA" w:rsidRDefault="00E27FCA" w:rsidP="00E27FCA">
     <w:pPr>
-      <w:spacing w:before="120"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
+      <w:t>PNAb</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> RF v2 17/DEC/2025</w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+      <w:t xml:space="preserve">                    </w:t>
+    </w:r>
+    <w:r w:rsidR="00C35C90">
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:b/>
         <w:color w:val="002060"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>Inflammatory Neuropathy Research Group</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="432B44F4" w14:textId="77777777" w:rsidR="00DE217E" w:rsidRDefault="00DE217E">
+  <w:p w14:paraId="432B44F4" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRDefault="00C35C90">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="4F620AA1" w14:textId="57C9F165" w:rsidR="00DE217E" w:rsidRDefault="00DE217E" w:rsidP="00335886">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F620AA1" w14:textId="57C9F165" w:rsidR="00C35C90" w:rsidRDefault="00C35C90" w:rsidP="00335886">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00CC45E8">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3265FAC9" wp14:editId="0D52AFAA">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3265FAC9" wp14:editId="13E11FD2">
           <wp:extent cx="5692140" cy="1092835"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="7" name="Picture 7"/>
+          <wp:docPr id="7" name="Picture 7">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1"/>
                   <a:srcRect l="1" t="4970" r="621"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5692140" cy="1092835"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3724DB6E" w14:textId="77777777" w:rsidR="00DE217E" w:rsidRPr="00CB78B9" w:rsidRDefault="00DE217E" w:rsidP="00335886">
+  <w:p w14:paraId="3724DB6E" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="00CB78B9" w:rsidRDefault="00C35C90" w:rsidP="00335886">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:b/>
         <w:color w:val="002060"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:b/>
         <w:color w:val="002060"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>Inflammatory Neuropathy Research Group</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="793E87BB" w14:textId="77777777" w:rsidR="00DE217E" w:rsidRPr="00335886" w:rsidRDefault="00DE217E" w:rsidP="00335886">
+  <w:p w14:paraId="793E87BB" w14:textId="77777777" w:rsidR="00C35C90" w:rsidRPr="00335886" w:rsidRDefault="00C35C90" w:rsidP="00335886">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17C62E58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5CFA38E8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10046,195 +14534,323 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="263146586">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="703946576">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1194071692">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2107654751">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:val="bestFit" w:percent="220"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="159"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267BAC"/>
+    <w:rsid w:val="00012C90"/>
+    <w:rsid w:val="00026E81"/>
+    <w:rsid w:val="0007418A"/>
+    <w:rsid w:val="00090A1E"/>
+    <w:rsid w:val="0009688F"/>
+    <w:rsid w:val="000E06D4"/>
+    <w:rsid w:val="000F0333"/>
+    <w:rsid w:val="00156645"/>
+    <w:rsid w:val="00160249"/>
+    <w:rsid w:val="00160F47"/>
+    <w:rsid w:val="001B0E63"/>
     <w:rsid w:val="001C1375"/>
     <w:rsid w:val="001C3957"/>
+    <w:rsid w:val="001E0E1C"/>
     <w:rsid w:val="001E1BD5"/>
+    <w:rsid w:val="001F575E"/>
+    <w:rsid w:val="001F5A41"/>
+    <w:rsid w:val="00210BFE"/>
+    <w:rsid w:val="00225F5C"/>
     <w:rsid w:val="00244DAD"/>
+    <w:rsid w:val="00254FFC"/>
     <w:rsid w:val="00255E96"/>
+    <w:rsid w:val="002572FC"/>
+    <w:rsid w:val="0026213E"/>
     <w:rsid w:val="00267BAC"/>
+    <w:rsid w:val="002856FE"/>
+    <w:rsid w:val="002A05E9"/>
+    <w:rsid w:val="002A2025"/>
+    <w:rsid w:val="002A21AC"/>
     <w:rsid w:val="002B61B4"/>
+    <w:rsid w:val="002C476E"/>
+    <w:rsid w:val="002C4922"/>
     <w:rsid w:val="002C4C95"/>
+    <w:rsid w:val="002E0B24"/>
     <w:rsid w:val="002E67B2"/>
+    <w:rsid w:val="002F6E2D"/>
+    <w:rsid w:val="00306C46"/>
     <w:rsid w:val="00307EA4"/>
     <w:rsid w:val="00335886"/>
+    <w:rsid w:val="00337F28"/>
     <w:rsid w:val="003501CE"/>
     <w:rsid w:val="00360834"/>
     <w:rsid w:val="00360E46"/>
-    <w:rsid w:val="004A2D18"/>
-    <w:rsid w:val="004C1D35"/>
+    <w:rsid w:val="00365740"/>
+    <w:rsid w:val="00371B14"/>
+    <w:rsid w:val="00374ECD"/>
+    <w:rsid w:val="003911BB"/>
+    <w:rsid w:val="003E6B73"/>
+    <w:rsid w:val="003F7322"/>
+    <w:rsid w:val="00441E13"/>
+    <w:rsid w:val="004506D8"/>
+    <w:rsid w:val="004775AE"/>
+    <w:rsid w:val="0049637A"/>
+    <w:rsid w:val="004B54C3"/>
+    <w:rsid w:val="004D4614"/>
     <w:rsid w:val="004E74E9"/>
+    <w:rsid w:val="004F776F"/>
+    <w:rsid w:val="00502465"/>
+    <w:rsid w:val="00503B0D"/>
+    <w:rsid w:val="00516165"/>
+    <w:rsid w:val="00537109"/>
     <w:rsid w:val="0054123B"/>
     <w:rsid w:val="00547187"/>
+    <w:rsid w:val="00561CE4"/>
+    <w:rsid w:val="005C6636"/>
     <w:rsid w:val="005E6298"/>
     <w:rsid w:val="005F2011"/>
     <w:rsid w:val="00602679"/>
     <w:rsid w:val="0060704F"/>
+    <w:rsid w:val="006111CC"/>
+    <w:rsid w:val="006124DE"/>
+    <w:rsid w:val="0062186C"/>
     <w:rsid w:val="00622273"/>
+    <w:rsid w:val="0063380A"/>
     <w:rsid w:val="00635947"/>
-    <w:rsid w:val="006815AB"/>
+    <w:rsid w:val="00662E3E"/>
+    <w:rsid w:val="00677BBD"/>
     <w:rsid w:val="00687E2C"/>
+    <w:rsid w:val="006923EF"/>
+    <w:rsid w:val="00695363"/>
     <w:rsid w:val="0069692C"/>
+    <w:rsid w:val="006B1DBB"/>
+    <w:rsid w:val="006C2AFB"/>
+    <w:rsid w:val="006D5AC4"/>
     <w:rsid w:val="00702066"/>
+    <w:rsid w:val="0070552D"/>
+    <w:rsid w:val="0070653F"/>
+    <w:rsid w:val="0072092B"/>
+    <w:rsid w:val="007243EF"/>
     <w:rsid w:val="00743FFF"/>
-    <w:rsid w:val="007F68EA"/>
+    <w:rsid w:val="00784177"/>
+    <w:rsid w:val="00790199"/>
+    <w:rsid w:val="007A3D55"/>
+    <w:rsid w:val="007C0D27"/>
+    <w:rsid w:val="00817FDC"/>
+    <w:rsid w:val="0083603D"/>
     <w:rsid w:val="008461EF"/>
     <w:rsid w:val="00866039"/>
     <w:rsid w:val="00871A55"/>
     <w:rsid w:val="00885037"/>
     <w:rsid w:val="008A132F"/>
+    <w:rsid w:val="008D3733"/>
     <w:rsid w:val="00903749"/>
     <w:rsid w:val="00907405"/>
+    <w:rsid w:val="00912DE6"/>
+    <w:rsid w:val="00913327"/>
+    <w:rsid w:val="00923F52"/>
+    <w:rsid w:val="00930A2F"/>
     <w:rsid w:val="00956406"/>
+    <w:rsid w:val="00964D74"/>
+    <w:rsid w:val="00972B41"/>
+    <w:rsid w:val="009A48D2"/>
+    <w:rsid w:val="009A6E6A"/>
+    <w:rsid w:val="009C44BD"/>
+    <w:rsid w:val="009E234C"/>
+    <w:rsid w:val="009E70AB"/>
+    <w:rsid w:val="009F4416"/>
+    <w:rsid w:val="00A07800"/>
     <w:rsid w:val="00A103E8"/>
+    <w:rsid w:val="00A12015"/>
     <w:rsid w:val="00A12938"/>
+    <w:rsid w:val="00A22EF1"/>
     <w:rsid w:val="00A24EF9"/>
+    <w:rsid w:val="00A32052"/>
     <w:rsid w:val="00A47CDE"/>
+    <w:rsid w:val="00A61F73"/>
     <w:rsid w:val="00A71F5F"/>
+    <w:rsid w:val="00A84B8B"/>
+    <w:rsid w:val="00AA3781"/>
+    <w:rsid w:val="00AB06FE"/>
+    <w:rsid w:val="00AB497B"/>
+    <w:rsid w:val="00AC4135"/>
+    <w:rsid w:val="00AD119C"/>
+    <w:rsid w:val="00B061A8"/>
     <w:rsid w:val="00B23DA0"/>
+    <w:rsid w:val="00B4060C"/>
     <w:rsid w:val="00B45AF0"/>
+    <w:rsid w:val="00B51385"/>
+    <w:rsid w:val="00B56D1E"/>
     <w:rsid w:val="00B66DAE"/>
+    <w:rsid w:val="00B90A92"/>
     <w:rsid w:val="00BA11E2"/>
+    <w:rsid w:val="00BB4990"/>
+    <w:rsid w:val="00BC0BC4"/>
     <w:rsid w:val="00BE6EE6"/>
     <w:rsid w:val="00C32906"/>
+    <w:rsid w:val="00C33148"/>
+    <w:rsid w:val="00C35C90"/>
+    <w:rsid w:val="00C35F08"/>
+    <w:rsid w:val="00C525BE"/>
     <w:rsid w:val="00C57C6C"/>
+    <w:rsid w:val="00C91861"/>
     <w:rsid w:val="00C97CD3"/>
+    <w:rsid w:val="00CA05DC"/>
+    <w:rsid w:val="00CB42F9"/>
+    <w:rsid w:val="00CF267B"/>
+    <w:rsid w:val="00D24313"/>
     <w:rsid w:val="00D24F43"/>
+    <w:rsid w:val="00D2608D"/>
     <w:rsid w:val="00D27D63"/>
+    <w:rsid w:val="00D31E33"/>
+    <w:rsid w:val="00D40317"/>
     <w:rsid w:val="00D624CB"/>
+    <w:rsid w:val="00D67423"/>
     <w:rsid w:val="00D75D51"/>
     <w:rsid w:val="00D766E5"/>
+    <w:rsid w:val="00D859F7"/>
+    <w:rsid w:val="00D94C2E"/>
     <w:rsid w:val="00DB123F"/>
+    <w:rsid w:val="00DC64A9"/>
+    <w:rsid w:val="00DD311A"/>
     <w:rsid w:val="00DE217E"/>
+    <w:rsid w:val="00DE2A25"/>
     <w:rsid w:val="00E0526D"/>
     <w:rsid w:val="00E1023C"/>
+    <w:rsid w:val="00E27FCA"/>
     <w:rsid w:val="00E37116"/>
     <w:rsid w:val="00E601EB"/>
     <w:rsid w:val="00E77C7C"/>
+    <w:rsid w:val="00E8158A"/>
+    <w:rsid w:val="00E823DA"/>
+    <w:rsid w:val="00E848A6"/>
+    <w:rsid w:val="00E8744B"/>
+    <w:rsid w:val="00EA10FB"/>
+    <w:rsid w:val="00EA303E"/>
     <w:rsid w:val="00EA751C"/>
+    <w:rsid w:val="00EC0AA5"/>
     <w:rsid w:val="00EC4239"/>
+    <w:rsid w:val="00F25A96"/>
     <w:rsid w:val="00F26438"/>
+    <w:rsid w:val="00F279C2"/>
     <w:rsid w:val="00F47B40"/>
+    <w:rsid w:val="00F7627B"/>
     <w:rsid w:val="00F90582"/>
     <w:rsid w:val="00F9278F"/>
+    <w:rsid w:val="00FC4D82"/>
+    <w:rsid w:val="00FE13EF"/>
+    <w:rsid w:val="00FE4309"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2EEE2685"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E5BFE027-5A86-A141-AE3D-E75287423964}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11178,62 +15794,78 @@
     <w:semiHidden/>
     <w:rsid w:val="00335886"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00335886"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00912DE6"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simon.rinaldi@nhs.net" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11495,75 +16127,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99CFB556-CBC0-414B-85BC-003F98DADC5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6384</Characters>
+  <Pages>6</Pages>
+  <Words>1151</Words>
+  <Characters>6561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7489</CharactersWithSpaces>
+  <CharactersWithSpaces>7697</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ley0468</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>